--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,317 +1,311 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.224.202.22\b22排出量規制係\230検証\30_第４期制度検討\検証機関新規登録4期様式\HP公表\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\T0520392\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB023E3E-34E3-4344-9A93-5DD2FAD17405}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D076DF5C-1EF1-4D86-8152-61D595D2B69A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="894" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="概要書-その２" sheetId="14" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'概要書-その２'!$A$9:$V$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'概要書-その２'!$A$2:$P$22</definedName>
     <definedName name="記号">[1]定数!$A$2:$A$65</definedName>
     <definedName name="別表記号と温室効果ガス">'[1]別表(計算用)'!$B$4:$C$263</definedName>
     <definedName name="別表記号と排出活動">'[1]別表(計算用)'!$D$4:$E$263</definedName>
     <definedName name="別表単位と排出係数">'[1]別表(計算用)'!$G$4:$I$263</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="16">
   <si>
     <t>登録番号</t>
     <rPh sb="0" eb="2">
       <t>トウロク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>氏名</t>
     <rPh sb="0" eb="2">
       <t>シメイ</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>登録日</t>
     <rPh sb="0" eb="3">
       <t>トウロクビ</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>有効期限</t>
     <rPh sb="0" eb="2">
       <t>ユウコウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キゲン</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>（注）欄が足りない場合は用紙を追加して記入すること。</t>
     <rPh sb="1" eb="2">
       <t>チュウ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ラン</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>タ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>バアイ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ヨウシ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>ツイカ</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>キニュウ</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>検証機関概要書</t>
     <rPh sb="0" eb="2">
       <t>ケンショウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キカン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ガイヨウ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ショ</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>特定ガス・基準量</t>
     <rPh sb="0" eb="2">
       <t>トクテイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キジュン</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>リョウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>都内外削減量</t>
     <rPh sb="0" eb="1">
       <t>ト</t>
     </rPh>
     <rPh sb="1" eb="3">
       <t>ナイガイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>サクゲン</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>リョウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>その他ガス削減量</t>
     <rPh sb="2" eb="3">
       <t>タ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>サクゲン</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>リョウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>電気等環境価値保有量</t>
     <rPh sb="0" eb="2">
       <t>デンキ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ナド</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>カンキョウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>カチ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ホユウ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>リョウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Ａ号様式（検証機関の登録申請ガイドライン）その２</t>
     <rPh sb="1" eb="2">
       <t>ゴウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ヨウシキ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ケンショウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>キカン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>トウロク</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>シンセイ</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>営業所に設置する検証主任者</t>
     <rPh sb="0" eb="3">
       <t>エイギョウショ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>セッチ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ケンショウ</t>
     </rPh>
     <rPh sb="10" eb="13">
       <t>シュニンシャ</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>-</t>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>(3)営業所における主任者のリスト</t>
     <rPh sb="3" eb="6">
       <t>エイギョウショ</t>
     </rPh>
     <rPh sb="10" eb="13">
       <t>シュニンシャ</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>（日本産業規格Ａ列４番）</t>
     <rPh sb="1" eb="3">
       <t>ニホン</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>サンギョウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キカク</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>レツ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>バン</t>
     </rPh>
-    <phoneticPr fontId="6"/>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>優良事業所基準</t>
     <rPh sb="0" eb="2">
       <t>ユウリョウ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>ジギョウショ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キジュン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
+    <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-411]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
-[...5 lines deleted...]
-    </font>
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
@@ -506,186 +500,186 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="11" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準_【参考：返信用】3_JQA_営業所に設置した検証主任者リスト" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <border>
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
   </dxfs>
@@ -7320,51 +7314,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P23"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="50" zoomScaleNormal="100" zoomScaleSheetLayoutView="50" workbookViewId="0">
       <selection activeCell="K10" sqref="K10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.88671875" style="7" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" style="7" customWidth="1"/>
     <col min="3" max="3" width="3" style="7" customWidth="1"/>
     <col min="4" max="4" width="9.6640625" style="7" customWidth="1"/>
     <col min="5" max="5" width="24" style="7" customWidth="1"/>
     <col min="6" max="7" width="20" style="7" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="18.44140625" style="7" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="20" style="7" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="19.77734375" style="7" bestFit="1" customWidth="1"/>
     <col min="12" max="15" width="18.6640625" style="7" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.88671875" style="7" customWidth="1"/>
     <col min="17" max="16384" width="12" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="4" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
@@ -7747,62 +7741,62 @@
     </row>
     <row r="22" spans="1:16" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="33"/>
       <c r="B22" s="34"/>
       <c r="C22" s="34"/>
       <c r="D22" s="34"/>
       <c r="E22" s="34"/>
       <c r="F22" s="34"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="34"/>
       <c r="K22" s="34"/>
       <c r="L22" s="34"/>
       <c r="M22" s="34"/>
       <c r="N22" s="34"/>
       <c r="O22" s="34"/>
       <c r="P22" s="35"/>
     </row>
     <row r="23" spans="1:16" s="4" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P23" s="36" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="EV0OxKbLqN90TeNDdh2L8DvHoWoJpHVgGWUrZqxVlrodKqa0kwDFmxRGx46q90cyjvff9VF3MvumrOZs6Sp2Uw==" saltValue="Fb1rujoAfv10J3p88bJPNw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="00VEIuWlpLTn35XPHovdf1FqxAavpehVB8h3OlLu60azsp9/r5UO6Qe7F91e07o/wRIld1oP05+BovCLmTd7LQ==" saltValue="l4pVYhIV8Vn3IjvFUcbuIA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="8">
     <mergeCell ref="B8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="B3:O3"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="N6:O6"/>
   </mergeCells>
-  <phoneticPr fontId="3"/>
+  <phoneticPr fontId="2"/>
   <conditionalFormatting sqref="E10:O19 B19:D19">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>$B10&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.3" bottom="0.32" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="50" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>